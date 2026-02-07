--- v0 (2025-12-14)
+++ v1 (2026-02-07)
@@ -1,296 +1,259 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
-  <Override PartName="/ppt/slideMasters/slideMaster2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
-  <Override PartName="/ppt/slideMasters/slideMaster3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-[...11 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-[...14 lines deleted...]
-  <Override PartName="/ppt/theme/theme4.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/ppt/authors.xml" ContentType="application/vnd.ms-powerpoint.authors+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483660" r:id="rId4"/>
-    <p:sldMasterId id="2147483673" r:id="rId5"/>
-    <p:sldMasterId id="2147483689" r:id="rId6"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId8"/>
+    <p:notesMasterId r:id="rId6"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="2147483645" r:id="rId7"/>
+    <p:sldId id="256" r:id="rId5"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
-    <a:lvl1pPr marL="0" algn="l" defTabSz="914296" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+    <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
-    <a:lvl2pPr marL="457148" algn="l" defTabSz="914296" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+    <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
-    <a:lvl3pPr marL="914296" algn="l" defTabSz="914296" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+    <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl3pPr>
-    <a:lvl4pPr marL="1371443" algn="l" defTabSz="914296" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+    <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl4pPr>
-    <a:lvl5pPr marL="1828591" algn="l" defTabSz="914296" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+    <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl5pPr>
-    <a:lvl6pPr marL="2285738" algn="l" defTabSz="914296" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+    <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl6pPr>
-    <a:lvl7pPr marL="2742886" algn="l" defTabSz="914296" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+    <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl7pPr>
-    <a:lvl8pPr marL="3200034" algn="l" defTabSz="914296" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+    <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
-    <a:lvl9pPr marL="3657181" algn="l" defTabSz="914296" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+    <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/authors.xml><?xml version="1.0" encoding="utf-8"?>
 <p188:authorLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p188="http://schemas.microsoft.com/office/powerpoint/2018/8/main">
-  <p188:author id="{98F6C90C-1926-1597-E77A-22B764091DD3}" name="Palmer, Kelley" initials="PK" userId="S::a760424@DSDOM1.DSROOT.FMR.COM::ec8b19ff-9717-44a7-88ed-141b341b829a" providerId="AD"/>
-[...2 lines deleted...]
-  <p188:author id="{B9E1B5F0-6451-755D-53EF-30056C44E4FA}" name="Tamburello, Elizabeth" initials="TE" userId="S::a648198@fmr.com::1f09c21a-2a17-4381-9a3b-114a61825c5c" providerId="AD"/>
+  <p188:author id="{7342965E-C1B3-02AE-18DE-A56F5CFE543C}" name="Cimino, Jaclyn" initials="CJ" userId="S::a704008@DSDOM1.DSROOT.FMR.COM::268f39ba-683c-42aa-83dd-b9a439ead394" providerId="AD"/>
 </p188:authorLst>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
-    <p1510:client id="{A886FD9F-4572-4034-BF30-5EF009033891}" v="56" dt="2025-08-21T16:31:30"/>
+    <p1510:client id="{FC4615EB-47A2-421A-ACD9-C7E97E36F560}" v="1" dt="2025-12-24T03:29:42.065"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-  <p:normalViewPr>
-    <p:restoredLeft sz="15620"/>
+  <p:normalViewPr horzBarState="maximized">
+    <p:restoredLeft sz="16980" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="105" d="100"/>
-          <a:sy n="105" d="100"/>
+          <a:sx n="98" d="100"/>
+          <a:sy n="98" d="100"/>
         </p:scale>
-        <p:origin x="798" y="78"/>
+        <p:origin x="642" y="96"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster3.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId14" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId12" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
@@ -329,53 +292,53 @@
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{F970C824-A3B7-485F-A5C3-6BEC01442C7E}" type="datetimeFigureOut">
+            <a:fld id="{812D11CC-A392-4A6A-9AAD-64903B747901}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/01/2025</a:t>
+              <a:t>12/24/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -487,16240 +450,4467 @@
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{959291FE-D499-493A-8793-FC23B78A27D5}" type="slidenum">
+            <a:fld id="{2E949DBA-B554-42CD-B83C-24B36CCC4A8A}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2350824731"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3686122511"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:notesStyle>
-    <a:lvl1pPr marL="0" algn="l" defTabSz="914296" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+    <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
-    <a:lvl2pPr marL="457148" algn="l" defTabSz="914296" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+    <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
-    <a:lvl3pPr marL="914296" algn="l" defTabSz="914296" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+    <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl3pPr>
-    <a:lvl4pPr marL="1371443" algn="l" defTabSz="914296" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+    <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl4pPr>
-    <a:lvl5pPr marL="1828591" algn="l" defTabSz="914296" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+    <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl5pPr>
-    <a:lvl6pPr marL="2285738" algn="l" defTabSz="914296" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+    <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl6pPr>
-    <a:lvl7pPr marL="2742886" algn="l" defTabSz="914296" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+    <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl7pPr>
-    <a:lvl8pPr marL="3200034" algn="l" defTabSz="914296" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+    <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
-    <a:lvl9pPr marL="3657181" algn="l" defTabSz="914296" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+    <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A069CC33-64AD-779C-8F0A-31C9613DB933}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8035E58D-D701-103B-2491-B14E3F8F67D4}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EAA966BF-FA26-B61F-813C-EE80594A5729}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1E270F6B-2371-B7E3-3F28-0A73E6C5D2A0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AF7471D3-7EC8-821A-9165-A7202FB4E3E9}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8705E284-5DD3-1743-3000-841326941226}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{546CFA98-604A-E7C3-8AF6-B7416D7F9700}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1CCC2CF3-A6E2-A892-9284-E05B6EC36A90}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
-            <a:fld id="{36C639B7-B96F-4500-B4EE-2A5E207A99EA}" type="slidenum">
+            <a:fld id="{7CAC0A9D-2285-4B49-AAF5-EC09C5A7D765}" type="slidenum">
               <a:rPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
-                <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+                <a:latin typeface="Aptos" panose="02110004020202020204"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                 <a:lnSpc>
                   <a:spcPct val="100000"/>
                 </a:lnSpc>
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buClrTx/>
                 <a:buSzTx/>
                 <a:buFontTx/>
                 <a:buNone/>
                 <a:tabLst/>
                 <a:defRPr/>
               </a:pPr>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="0" lang="en-US" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
-              <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:latin typeface="Aptos" panose="02110004020202020204"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="730200409"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1141306614"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.svg"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
-[...19 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.svg"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...39 lines deleted...]
-<file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...39 lines deleted...]
-<file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...10 lines deleted...]
-
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
-  <p:cSld name="Content: 2 Headlines - Blank">
-[...213 lines deleted...]
-  <p:cSld name="Divider w/ Image + Icon">
+  <p:cSld name="1_Cover">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="10" name="Picture 9">
+          <p:cNvPr id="17" name="Picture 16" descr="A group of people sitting on a dock looking at the sunset&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{252124E0-1916-4C46-A524-B0392C7E974A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5FC19AD2-603D-2032-BD54-4AF800A4DDC0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
-        <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId2" cstate="screen">
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="email">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:srcRect t="13575" b="13575"/>
+          <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1" y="-9430"/>
-            <a:ext cx="12192000" cy="6867431"/>
+            <a:off x="0" y="1"/>
+            <a:ext cx="12192000" cy="3543300"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="12" name="Freeform: Shape 11">
+          <p:cNvPr id="2" name="Rectangle 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9FB4F385-7CDE-4085-9428-B097ABD05BEB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C6DADA4-4A98-1578-7229-A850B2BED8EF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm flipH="1" flipV="1">
-[...1 lines deleted...]
-            <a:ext cx="8128763" cy="6883981"/>
+          <a:xfrm rot="5400000">
+            <a:off x="4438650" y="-895350"/>
+            <a:ext cx="3314700" cy="12192000"/>
           </a:xfrm>
-          <a:custGeom>
+          <a:prstGeom prst="rect">
             <a:avLst/>
-            <a:gdLst>
-[...58 lines deleted...]
-          </a:custGeom>
+          </a:prstGeom>
           <a:solidFill>
-            <a:schemeClr val="accent2">
-[...1 lines deleted...]
-            </a:schemeClr>
+            <a:srgbClr val="F9F7F5"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0" anchor="ctr">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0" algn="ctr"/>
-            <a:endParaRPr lang="en-US" sz="1401"/>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" sz="1400">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="12" name="Graphic 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BECF4C37-E354-15B1-62F9-01BDD2CDA674}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId4"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9888749" y="5940777"/>
+            <a:ext cx="1857164" cy="454618"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
+          <p:cNvPr id="10" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3275E17-7E4C-E948-A24F-08D9300E9B07}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6F7D067B-2BBE-08A4-5B0C-B168C84187C5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="ctrTitle" hasCustomPrompt="1"/>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1497443" y="1817398"/>
-            <a:ext cx="5403631" cy="896424"/>
+            <a:off x="449113" y="4150800"/>
+            <a:ext cx="9928800" cy="590400"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="b">
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="b" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr algn="l">
-[...3 lines deleted...]
-              <a:defRPr sz="3200" b="1">
+            <a:lvl1pPr>
+              <a:defRPr lang="en-US" sz="4000" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
+                  <a:srgbClr val="368727"/>
                 </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Roboto Slab Light" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
+            <a:pPr marL="0" lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
-              <a:t>Divider headlines</a:t>
-[...6 lines deleted...]
-              <a:t>should be two lines.</a:t>
+              <a:t>Click to edit Master title style</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Subtitle 2">
+          <p:cNvPr id="11" name="Text Placeholder 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{010E55C7-91D2-4641-B172-A89B7315F3BC}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{364F5D78-9460-0ACB-5E61-3EB06ECB19B5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
-          <p:nvPr userDrawn="1">
-            <p:ph type="subTitle" idx="1" hasCustomPrompt="1"/>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1497441" y="2892627"/>
-            <a:ext cx="4822983" cy="410181"/>
+            <a:off x="449113" y="4889190"/>
+            <a:ext cx="9928800" cy="589711"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="t">
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0" algn="l">
-[...7 lines deleted...]
-              <a:defRPr sz="1600" baseline="0">
+            <a:lvl1pPr>
+              <a:defRPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
+                  <a:srgbClr val="403F3E"/>
                 </a:solidFill>
-                <a:latin typeface="+mj-lt"/>
+                <a:latin typeface="Fidelity Sans 2" panose="020B0504050501040104" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="403440" indent="0" algn="ctr">
-[...30 lines deleted...]
-            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
+            <a:pPr marL="0" lvl="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="en-US"/>
-              <a:t>A subhead that supports the headline can be</a:t>
-[...6 lines deleted...]
-              <a:t>two lines as well but not more.</a:t>
+              <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Slide Number Placeholder 5">
+          <p:cNvPr id="4" name="Text Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF63B756-A311-384A-8959-1560DD2D4653}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2540D209-FA07-6234-13D7-FCAAECCC5AD7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
-          <p:nvPr userDrawn="1">
-            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="16" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="449263" y="5594400"/>
+            <a:ext cx="3862800" cy="259200"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr tIns="0" rIns="0" bIns="0" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1200">
+                <a:latin typeface="Fidelity Sans 2 Light" panose="020B0404050501040104" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Presented By: First name Last name | Month XX, XXXX</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Date Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BB894E21-5C6D-AEC6-C5EF-F33AB545BC0D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="17"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle>
-[...7 lines deleted...]
-          </a:lstStyle>
+          <a:lstStyle/>
           <a:p>
-            <a:fld id="{E1B8806A-D70A-514A-8614-015320222BAD}" type="slidenum">
-[...4 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+            <a:pPr algn="r" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-CA"/>
+              <a:t>XXXXXX.XX</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1026860661"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="336352960"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
+      <p:transition spd="med" p14:dur="700">
+        <p:fade/>
+      </p:transition>
+    </mc:Choice>
+    <mc:Fallback xmlns="">
+      <p:transition spd="med">
+        <p:fade/>
+      </p:transition>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
+    </p:ext>
+  </p:extLst>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Divider - Image Only">
+<file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" userDrawn="1">
+  <p:cSld name="10_No Sub: Full White">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...1 lines deleted...]
-          <p:cNvPr id="7" name="Picture 6" descr="Two people standing in a kitchen&#10;&#10;Description automatically generated">
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="25" name="Date Placeholder 24">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E5D8A923-DF1E-0745-9EC4-D1A1A32FA850}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E12C62EE-8BEC-54E0-E0A6-7E7F7712EA07}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...5 lines deleted...]
-          <a:blip r:embed="rId2" cstate="screen">
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-CA"/>
+              <a:t>XXXXXX.XX</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="26" name="Footer Placeholder 25">
             <a:extLst>
-              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D869B967-70AE-28B1-ACD2-5A56A395C38A}"/>
               </a:ext>
             </a:extLst>
-          </a:blip>
-[...12 lines deleted...]
-      </p:pic>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="9" name="Freeform: Shape 8">
+          <p:cNvPr id="27" name="Slide Number Placeholder 26">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2D1D7669-69C0-4F3B-A73E-A4F46431DEA4}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BDD781FB-3D6A-0A55-AC8D-0A30A80D8EDF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPts val="795"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:fld id="{05BFBC55-CFB3-E64F-8BCC-34A4E1FBD227}" type="slidenum">
+              <a:rPr lang="en-CA" smtClean="0"/>
+              <a:pPr>
+                <a:lnSpc>
+                  <a:spcPts val="795"/>
+                </a:lnSpc>
+              </a:pPr>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-CA"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EC02947D-073E-81B4-A9B6-D909F0943C7E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPts val="2293"/>
+              </a:lnSpc>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-CA"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3767058537"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
+      <p:transition spd="med" p14:dur="700">
+        <p:fade/>
+      </p:transition>
+    </mc:Choice>
+    <mc:Fallback xmlns="">
+      <p:transition spd="med">
+        <p:fade/>
+      </p:transition>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" userDrawn="1">
+  <p:cSld name="11_No Sub: Full Mist">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Rectangle 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F6B3BDB4-7E8B-EE8F-E846-9F48698FC360}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm flipH="1" flipV="1">
-[...1 lines deleted...]
-            <a:ext cx="8128763" cy="6883981"/>
+          <a:xfrm rot="10800000">
+            <a:off x="0" y="-1"/>
+            <a:ext cx="12192000" cy="6857999"/>
           </a:xfrm>
-          <a:custGeom>
+          <a:prstGeom prst="rect">
             <a:avLst/>
-            <a:gdLst>
-[...58 lines deleted...]
-          </a:custGeom>
+          </a:prstGeom>
           <a:solidFill>
-            <a:schemeClr val="accent1">
-[...1 lines deleted...]
-            </a:schemeClr>
+            <a:srgbClr val="F9F7F5"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0" anchor="ctr">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr lvl="0" algn="ctr"/>
-            <a:endParaRPr lang="en-US" sz="1401"/>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" sz="1400" b="0" i="0">
+              <a:latin typeface="Fidelity Sans 2" panose="020B0504050501040104" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="20" name="Date Placeholder 19">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8F3C8453-6E85-8125-2961-9024AA41CA36}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-CA"/>
+              <a:t>XXXXXX.XX</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="21" name="Footer Placeholder 20">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7158848-B2FE-B4B9-501B-F157C87F177C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="22" name="Slide Number Placeholder 21">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B28D5665-73B0-4FDE-6988-44067AB36CBB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPts val="795"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:fld id="{05BFBC55-CFB3-E64F-8BCC-34A4E1FBD227}" type="slidenum">
+              <a:rPr lang="en-CA" smtClean="0"/>
+              <a:pPr>
+                <a:lnSpc>
+                  <a:spcPts val="795"/>
+                </a:lnSpc>
+              </a:pPr>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-CA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3275E17-7E4C-E948-A24F-08D9300E9B07}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{569CE6E8-45AA-7D9D-D064-7FC57CA81E74}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="ctrTitle" hasCustomPrompt="1"/>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPts val="2293"/>
+              </a:lnSpc>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-CA"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3462071141"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
+      <p:transition spd="med" p14:dur="700">
+        <p:fade/>
+      </p:transition>
+    </mc:Choice>
+    <mc:Fallback xmlns="">
+      <p:transition spd="med">
+        <p:fade/>
+      </p:transition>
+    </mc:Fallback>
+  </mc:AlternateContent>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" userDrawn="1">
+  <p:cSld name="12_No Sub: WHT Head + Footer">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Rectangle 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB09BF24-B41C-0A39-987F-96902FE59523}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="10800000">
+            <a:off x="0" y="1520824"/>
+            <a:ext cx="12192000" cy="4667601"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="F9F7F5"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" sz="1400" b="0" i="0">
+              <a:latin typeface="Fidelity Sans 2" panose="020B0504050501040104" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="22" name="Date Placeholder 21">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{75DD6E7E-EE5B-9D08-E53B-14992165281A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-CA"/>
+              <a:t>XXXXXX.XX</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="23" name="Footer Placeholder 22">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F5B28588-6172-1F91-CDE5-13A48BAEDAEF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="24" name="Slide Number Placeholder 23">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B4E5A7CC-8843-1ED9-3BF1-58A944B94482}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPts val="795"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:fld id="{05BFBC55-CFB3-E64F-8BCC-34A4E1FBD227}" type="slidenum">
+              <a:rPr lang="en-CA" smtClean="0"/>
+              <a:pPr>
+                <a:lnSpc>
+                  <a:spcPts val="795"/>
+                </a:lnSpc>
+              </a:pPr>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-CA"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{28A049C1-D81C-2DF6-8529-93C2E496A46B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPts val="2293"/>
+              </a:lnSpc>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-CA"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="383953563"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
+      <p:transition spd="med" p14:dur="700">
+        <p:fade/>
+      </p:transition>
+    </mc:Choice>
+    <mc:Fallback xmlns="">
+      <p:transition spd="med">
+        <p:fade/>
+      </p:transition>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" userDrawn="1">
+  <p:cSld name="13_No Sub: Mist Headline">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Rectangle 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EEF7F242-226E-7CC0-F7F8-02FB30937899}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="-1"/>
+            <a:ext cx="12192000" cy="1520825"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="F9F7F5"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" sz="1588" b="0" i="0">
+              <a:latin typeface="Fidelity Sans 2" panose="020B0504050501040104" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="22" name="Date Placeholder 21">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{65FF433D-941F-4793-967D-729BB3261A37}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-CA"/>
+              <a:t>XXXXXX.XX</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="23" name="Footer Placeholder 22">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5BDBCD86-C58F-7376-4692-AE81241E33C8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="24" name="Slide Number Placeholder 23">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1AE8CBC8-5100-765F-00A7-C26544F87A70}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPts val="795"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:fld id="{05BFBC55-CFB3-E64F-8BCC-34A4E1FBD227}" type="slidenum">
+              <a:rPr lang="en-CA" smtClean="0"/>
+              <a:pPr>
+                <a:lnSpc>
+                  <a:spcPts val="795"/>
+                </a:lnSpc>
+              </a:pPr>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-CA"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{281D2B18-FB26-2BC5-3651-C4E091B26CE5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPts val="2293"/>
+              </a:lnSpc>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-CA"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="171684035"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
+      <p:transition spd="med" p14:dur="700">
+        <p:fade/>
+      </p:transition>
+    </mc:Choice>
+    <mc:Fallback xmlns="">
+      <p:transition spd="med">
+        <p:fade/>
+      </p:transition>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout14.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" userDrawn="1">
+  <p:cSld name="1_Title and Content">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{94B1DD05-720A-158B-A2A9-D9F1094BAAF6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1497440" y="1817398"/>
-            <a:ext cx="5403632" cy="896424"/>
+            <a:off x="364372" y="330487"/>
+            <a:ext cx="10515600" cy="589915"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="b">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle>
-            <a:lvl1pPr algn="l">
-[...6 lines deleted...]
-                </a:solidFill>
+            <a:lvl1pPr>
+              <a:defRPr b="0">
+                <a:latin typeface="Fidelity Sans" panose="020B0503030202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
-              <a:t>Divider headlines</a:t>
+              <a:t>Click to edit Master title style</a:t>
             </a:r>
-            <a:br>
-[...1 lines deleted...]
-            </a:br>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3783549181"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="2_Cover Alternate">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rectangle 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C6DADA4-4A98-1578-7229-A850B2BED8EF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="5400000">
+            <a:off x="4438650" y="-895350"/>
+            <a:ext cx="3314700" cy="12192000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="F9F7F5"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" sz="1400">
+              <a:latin typeface="+mn-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="12" name="Graphic 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BECF4C37-E354-15B1-62F9-01BDD2CDA674}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9888749" y="5940777"/>
+            <a:ext cx="1857164" cy="454618"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6F7D067B-2BBE-08A4-5B0C-B168C84187C5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="449263" y="4150800"/>
+            <a:ext cx="9928800" cy="590400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr lang="en-US" sz="4000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="368727"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Roboto Slab Light" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
-              <a:t>should be two lines.</a:t>
+              <a:t>Click to edit Master title style</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Subtitle 2">
+          <p:cNvPr id="11" name="Text Placeholder 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{010E55C7-91D2-4641-B172-A89B7315F3BC}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{364F5D78-9460-0ACB-5E61-3EB06ECB19B5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
-          <p:nvPr userDrawn="1">
-            <p:ph type="subTitle" idx="1" hasCustomPrompt="1"/>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1497441" y="2892627"/>
-            <a:ext cx="4822983" cy="410181"/>
+            <a:off x="449263" y="4889190"/>
+            <a:ext cx="9928800" cy="589711"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr lang="en-US" sz="2000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="403F3E"/>
+                </a:solidFill>
+                <a:latin typeface="Fidelity Sans 2" panose="020B0504050501040104" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2540D209-FA07-6234-13D7-FCAAECCC5AD7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="16" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="449263" y="5594400"/>
+            <a:ext cx="3862800" cy="259200"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="t">
+          <a:bodyPr tIns="0" rIns="0" bIns="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0" algn="l">
+            <a:lvl1pPr>
+              <a:defRPr sz="1200">
+                <a:latin typeface="Fidelity Sans 2 Light" panose="020B0404050501040104" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Prepared for ABC Company | Month XX, XXXX</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Picture 2" descr="A person sitting at a table with her feet on the table&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CE63EB53-ECAB-3D8D-863C-9EB54C82A3CD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId4" cstate="email">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1" y="0"/>
+            <a:ext cx="12192000" cy="3549375"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Date Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AD4BF46B-76B4-1348-4ABA-775C28E4AC3D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="17"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r" defTabSz="914400">
               <a:lnSpc>
-                <a:spcPts val="1588"/>
+                <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="0"/>
+                <a:spcPts val="1000"/>
               </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
-              <a:defRPr sz="1600" baseline="0">
-[...3 lines deleted...]
-                <a:latin typeface="+mj-lt"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-CA"/>
+              <a:t>XXXXXX.XX</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2638863790"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
+      <p:transition spd="med" p14:dur="700">
+        <p:fade/>
+      </p:transition>
+    </mc:Choice>
+    <mc:Fallback xmlns="">
+      <p:transition spd="med">
+        <p:fade/>
+      </p:transition>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="3_Divider">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rectangle 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47342E24-E4AD-57A2-7F67-E4754EAD649D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="F9F7F5"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-CA" sz="1400"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{79130751-9028-C054-0297-BAA063FA4FAF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2" cstate="email">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6906222" y="0"/>
+            <a:ext cx="5285777" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Graphic 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B398A9D9-B2E7-2A1F-E6ED-612A1D064E07}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId4"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4586400" y="5937257"/>
+            <a:ext cx="1857164" cy="454618"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6F7D067B-2BBE-08A4-5B0C-B168C84187C5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="449263" y="2280041"/>
+            <a:ext cx="5581650" cy="432899"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr lang="en-US" sz="4000" dirty="0">
+                <a:latin typeface="Fidelity Slab Light" pitchFamily="2" charset="77"/>
+                <a:ea typeface="Roboto Slab Light" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="403440" indent="0" algn="ctr">
-[...30 lines deleted...]
-            </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="70000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Divider headline</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="4000">
+              <a:solidFill>
+                <a:schemeClr val="accent1"/>
+              </a:solidFill>
+              <a:latin typeface="Fidelity Slab Light" pitchFamily="2" charset="77"/>
+              <a:ea typeface="Roboto Slab Light" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Text Placeholder 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{364F5D78-9460-0ACB-5E61-3EB06ECB19B5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="13" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="449263" y="2843586"/>
+            <a:ext cx="5581650" cy="1204449"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr lang="en-US" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="403F3E"/>
+                </a:solidFill>
+                <a:latin typeface="Fidelity Sans 2" panose="020B0504050501040104" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0" defTabSz="806846">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+            </a:pPr>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>A subhead that supports the headline can be</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US"/>
             </a:br>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>two lines as well but not more.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Slide Number Placeholder 5">
+          <p:cNvPr id="4" name="Date Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF63B756-A311-384A-8959-1560DD2D4653}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F48A3494-4159-0A96-B24C-FCD5239C1D87}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
-          <p:nvPr userDrawn="1">
-            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:fld id="{E1B8806A-D70A-514A-8614-015320222BAD}" type="slidenum">
-[...1 lines deleted...]
-              <a:pPr/>
+            <a:pPr algn="r" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>XXXXXX.XX</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Slide Number Placeholder 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7BA13F71-DBC2-992C-E4CD-FD3232390D94}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="16"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPts val="795"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:fld id="{05BFBC55-CFB3-E64F-8BCC-34A4E1FBD227}" type="slidenum">
+              <a:rPr lang="en-CA" smtClean="0"/>
+              <a:pPr>
+                <a:lnSpc>
+                  <a:spcPts val="795"/>
+                </a:lnSpc>
+              </a:pPr>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-CA"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="306860372"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2640188249"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
+      <p:transition spd="med" p14:dur="700">
+        <p:fade/>
+      </p:transition>
+    </mc:Choice>
+    <mc:Fallback xmlns="">
+      <p:transition spd="med">
+        <p:fade/>
+      </p:transition>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
+    </p:ext>
+  </p:extLst>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
-  <p:cSld name="Divider - Color Only">
+  <p:cSld name="4_Divider Alternate">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="9" name="Rectangle 8">
+          <p:cNvPr id="2" name="Rectangle 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{94558B09-552E-1241-A876-D4AA061AE57B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47342E24-E4AD-57A2-7F67-E4754EAD649D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="-6197"/>
-            <a:ext cx="12192000" cy="6864199"/>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
             <a:schemeClr val="accent1">
-              <a:lumMod val="75000"/>
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-CA" sz="1400"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Graphic 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B398A9D9-B2E7-2A1F-E6ED-612A1D064E07}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4173749" y="5937257"/>
+            <a:ext cx="1857164" cy="454618"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6F7D067B-2BBE-08A4-5B0C-B168C84187C5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="449263" y="2757694"/>
+            <a:ext cx="5581650" cy="1231106"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr lang="en-US" sz="4400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="368727"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="Roboto Slab Light" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000">
+                <a:solidFill>
+                  <a:srgbClr val="368727"/>
+                </a:solidFill>
+                <a:latin typeface="Fidelity Slab Light" pitchFamily="2" charset="77"/>
+                <a:ea typeface="Roboto Slab Light" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Product Additional Name/Headline</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Text Placeholder 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{364F5D78-9460-0ACB-5E61-3EB06ECB19B5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="13" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="449263" y="4204800"/>
+            <a:ext cx="5581650" cy="590400"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr lang="en-US" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="403F3E"/>
+                </a:solidFill>
+                <a:latin typeface="Fidelity Sans 2" panose="020B0504050501040104" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0" defTabSz="806846">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>A subhead that supports the headline can be</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>two lines as well but not more.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Text Placeholder 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB3649BF-5081-4261-66A4-0565F2A6BE5E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="449263" y="295200"/>
+            <a:ext cx="3996000" cy="370800"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr tIns="0" rIns="0" bIns="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1200">
+                <a:latin typeface="Fidelity Sans 2 Light" panose="020B0404050501040104" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Presented By: First name Last name | Month XX, XXXX</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="15" name="Picture 14" descr="A person in a pharmacy looking at a product&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{478CB557-CD50-DD40-611B-9AC61CFF1F3B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4" cstate="email">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6906222" y="1"/>
+            <a:ext cx="5285777" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Date Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F5E9DD7B-4632-B0DF-42FD-DEA3EF889C74}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="16"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>XXXXXX.XX</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Text Placeholder 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{760C78BE-38B5-6CA8-0ADD-2E023742EFDE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="18" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="449262" y="2223432"/>
+            <a:ext cx="3035808" cy="429768"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr lang="en-US" sz="1600" b="0" i="0" kern="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="403F3E"/>
+                </a:solidFill>
+                <a:latin typeface="Fidelity Sans 2" panose="020B0504050501040104" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr/>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr/>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr/>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr/>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="806846" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Product Segment/Market/Name</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Slide Number Placeholder 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E6C0D1CE-5E8A-9B98-F6B3-C606AC6A1688}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="20"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPts val="795"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:fld id="{05BFBC55-CFB3-E64F-8BCC-34A4E1FBD227}" type="slidenum">
+              <a:rPr lang="en-CA" smtClean="0"/>
+              <a:pPr>
+                <a:lnSpc>
+                  <a:spcPts val="795"/>
+                </a:lnSpc>
+              </a:pPr>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-CA"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4064984791"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
+      <p:transition spd="med" p14:dur="700">
+        <p:fade/>
+      </p:transition>
+    </mc:Choice>
+    <mc:Fallback xmlns="">
+      <p:transition spd="med">
+        <p:fade/>
+      </p:transition>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="5_WHT Headline + Footer">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Rectangle 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E433150-3C0F-6C87-07CA-34B1CDC2E892}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="10800000">
+            <a:off x="0" y="1520824"/>
+            <a:ext cx="12192000" cy="4667600"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="F9F7F5"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" sz="1400" b="0" i="0">
+              <a:latin typeface="Fidelity Sans 2" panose="020B0504050501040104" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Text Placeholder 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2DB3058B-1F70-0D9E-0103-A2FD4871E249}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="914400"/>
+            <a:ext cx="11295529" cy="581983"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457199" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl2pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="31" name="Date Placeholder 30">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C2129C9B-6188-03E0-53FE-4ABC4F063602}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="14"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-CA"/>
+              <a:t>XXXXXX.XX</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="32" name="Footer Placeholder 31">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F206AAB-BE36-0868-281C-68DB22F60644}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="33" name="Slide Number Placeholder 32">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{27192DFD-B97F-405C-32F3-BE5C89C3B6F4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="16"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPts val="795"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:fld id="{05BFBC55-CFB3-E64F-8BCC-34A4E1FBD227}" type="slidenum">
+              <a:rPr lang="en-CA" smtClean="0"/>
+              <a:pPr>
+                <a:lnSpc>
+                  <a:spcPts val="795"/>
+                </a:lnSpc>
+              </a:pPr>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-CA"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Title 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{340CF446-FDD1-2B4E-185D-E1F39FCD1308}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPts val="2293"/>
+              </a:lnSpc>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-CA"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2508938920"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
+      <p:transition spd="med" p14:dur="700">
+        <p:fade/>
+      </p:transition>
+    </mc:Choice>
+    <mc:Fallback xmlns="">
+      <p:transition spd="med">
+        <p:fade/>
+      </p:transition>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="6_Full Mist">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Rectangle 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E433150-3C0F-6C87-07CA-34B1CDC2E892}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="10800000">
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6857999"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="F9F7F5"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" sz="1400" b="0" i="0">
+              <a:latin typeface="Fidelity Sans 2" panose="020B0504050501040104" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Text Placeholder 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{64266CD3-C320-146C-06F7-FFBD397B3A19}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="914400"/>
+            <a:ext cx="11295529" cy="583200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr lang="en-US" sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="23" name="Date Placeholder 22">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88672178-6FFB-4B89-8421-265E6F7D400B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="14"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-CA"/>
+              <a:t>XXXXXX.XX</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="24" name="Footer Placeholder 23">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EAE5F4D2-EF2A-24F1-7F74-E8061A420173}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="25" name="Slide Number Placeholder 24">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3FB2DBB9-00EF-5F63-6CA8-562705CC5694}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="16"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPts val="795"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:fld id="{05BFBC55-CFB3-E64F-8BCC-34A4E1FBD227}" type="slidenum">
+              <a:rPr lang="en-CA" smtClean="0"/>
+              <a:pPr>
+                <a:lnSpc>
+                  <a:spcPts val="795"/>
+                </a:lnSpc>
+              </a:pPr>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-CA"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Title 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{50E19D74-7250-396E-A9AF-2CB2584B9C6C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPts val="2293"/>
+              </a:lnSpc>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-CA"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3840400423"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
+      <p:transition spd="med" p14:dur="700">
+        <p:fade/>
+      </p:transition>
+    </mc:Choice>
+    <mc:Fallback xmlns="">
+      <p:transition spd="med">
+        <p:fade/>
+      </p:transition>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="7_Full White">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Text Placeholder 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{56BC43B7-F01C-5A41-B80D-689F02A230F8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457200" y="914400"/>
+            <a:ext cx="11295529" cy="583200"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:defRPr lang="en-US" sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="22" name="Date Placeholder 21">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{06342E6A-B2B0-5439-41A7-755E53465E8D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="14"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-CA"/>
+              <a:t>XXXXXX.XX</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="23" name="Footer Placeholder 22">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2A8BFA5E-33FB-FF87-2222-7B23AE43C2A9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="15"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="24" name="Slide Number Placeholder 23">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0930A36B-FF8D-7788-3916-F8DF5C80D02F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="16"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPts val="795"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:fld id="{05BFBC55-CFB3-E64F-8BCC-34A4E1FBD227}" type="slidenum">
+              <a:rPr lang="en-CA" smtClean="0"/>
+              <a:pPr>
+                <a:lnSpc>
+                  <a:spcPts val="795"/>
+                </a:lnSpc>
+              </a:pPr>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-CA"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Title 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3EB4059E-0822-6DB7-5E9B-458B1DBC7884}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPts val="2293"/>
+              </a:lnSpc>
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-CA"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1752989599"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
+      <p:transition spd="med" p14:dur="700">
+        <p:fade/>
+      </p:transition>
+    </mc:Choice>
+    <mc:Fallback xmlns="">
+      <p:transition spd="med">
+        <p:fade/>
+      </p:transition>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="8_WHT Headline">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Rectangle 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{48C8F072-E39E-F873-06F0-4FCF6006AACC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="10800000">
+            <a:off x="0" y="1520825"/>
+            <a:ext cx="12192000" cy="5337174"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="F9F7F5"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" sz="1400" b="0" i="0">
+              <a:latin typeface="Fidelity Sans 2" panose="020B0504050501040104" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Rounded Rectangle 7">
+            <a:hlinkClick r:id="" action="ppaction://noaction"/>
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8BB67684-8B65-8D42-153E-010255E6490F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="10800000">
+            <a:off x="191849" y="-32339"/>
+            <a:ext cx="2035789" cy="588146"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst>
+              <a:gd name="adj" fmla="val 0"/>
+            </a:avLst>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent5">
+              <a:alpha val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="en-US" sz="1588"/>
+            <a:endParaRPr lang="en-US" sz="1400" b="0" i="0">
+              <a:latin typeface="Fidelity Sans 2" panose="020B0504050501040104" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Freeform: Shape 6">
+          <p:cNvPr id="11" name="Text Placeholder 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{28F9F74C-F498-422F-9B70-411ACB273A6F}"/>
-[...114 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3275E17-7E4C-E948-A24F-08D9300E9B07}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D5CD7C14-CA60-9155-6A8A-2B8897DE44B9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="ctrTitle" hasCustomPrompt="1"/>
+            <p:ph type="body" sz="quarter" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1497439" y="1817398"/>
-            <a:ext cx="5403635" cy="896424"/>
+            <a:off x="457200" y="914400"/>
+            <a:ext cx="11295529" cy="583200"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="b">
+          <a:bodyPr vert="horz" lIns="0" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr algn="l">
-[...3 lines deleted...]
-              <a:defRPr sz="3200" b="1">
+            <a:lvl1pPr>
+              <a:defRPr lang="en-US" sz="1600">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
+            <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
-              <a:t>Divider headlines</a:t>
-[...6 lines deleted...]
-              <a:t>should be two lines.</a:t>
+              <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Subtitle 2">
+          <p:cNvPr id="3" name="Title 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{010E55C7-91D2-4641-B172-A89B7315F3BC}"/>
-[...157 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D49ABDF3-B79D-7641-92C8-181EEDD5A8CE}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{22E07070-F68C-5FAE-2D2F-A80E5EA8D3C9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...7 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" algn="l" defTabSz="806903" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+            <a:lvl1pPr>
               <a:lnSpc>
-                <a:spcPts val="2294"/>
+                <a:spcPts val="2293"/>
               </a:lnSpc>
-              <a:defRPr lang="en-US" sz="2294" kern="1200" dirty="0">
-[...6 lines deleted...]
-              </a:defRPr>
+              <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
+            <a:endParaRPr lang="en-CA"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Text Placeholder 7">
+          <p:cNvPr id="2" name="Date Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA167A27-D5F1-4EF4-BCCB-16665C7F7463}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF59798A-9093-51F9-AAE2-4C5E119D2588}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" sz="quarter" idx="13"/>
+            <p:ph type="dt" sz="half" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
-          <a:bodyPr lIns="0"/>
-[...1 lines deleted...]
-            <a:lvl1pPr marL="0" indent="0">
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
-              <a:defRPr/>
-[...7 lines deleted...]
-            <a:pPr lvl="0"/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="en-US"/>
-              <a:t>Click to edit Master text styles</a:t>
-[...6 lines deleted...]
-              <a:t>Second level</a:t>
+              <a:t>XXXXXX.XX</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Date Placeholder 3">
+          <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CF6CB306-C39D-DB46-A856-9B6AF3690E65}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7B7FF26D-6630-4F6D-A9B8-7EDAA2A55B1A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="dt" sz="half" idx="14"/>
-[...27 lines deleted...]
-            <p:ph type="ftr" sz="quarter" idx="15"/>
+            <p:ph type="ftr" sz="quarter" idx="16"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="9" name="Slide Number Placeholder 8">
+          <p:cNvPr id="6" name="Slide Number Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3E67E83E-4C5A-E14F-97A5-35E3D8BA094F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A51A8931-BD74-0551-DDA4-882E1A0A5F56}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="16"/>
+            <p:ph type="sldNum" sz="quarter" idx="17"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPts val="795"/>
+              </a:lnSpc>
+            </a:pPr>
             <a:fld id="{05BFBC55-CFB3-E64F-8BCC-34A4E1FBD227}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
-              <a:pPr/>
+              <a:rPr lang="en-CA" smtClean="0"/>
+              <a:pPr>
+                <a:lnSpc>
+                  <a:spcPts val="795"/>
+                </a:lnSpc>
+              </a:pPr>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-CA"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2373412347"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3908767928"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
+      <p:transition spd="med" p14:dur="700">
+        <p:fade/>
+      </p:transition>
+    </mc:Choice>
+    <mc:Fallback xmlns="">
+      <p:transition spd="med">
+        <p:fade/>
+      </p:transition>
+    </mc:Fallback>
+  </mc:AlternateContent>
   <p:extLst>
     <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
-  <p:cSld name="Content: 1 Headlines - Blank">
-[...483 lines deleted...]
-  <p:cSld name="Content: 2 Headlines - Gray Header">
+  <p:cSld name="9_Mist Headline">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Rectangle 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{96495E89-FAB6-4C52-A007-895B06556694}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="7"/>
-            <a:ext cx="12192000" cy="1514195"/>
+            <a:off x="0" y="1"/>
+            <a:ext cx="12192000" cy="1520823"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
-            <a:schemeClr val="bg1">
-[...1 lines deleted...]
-            </a:schemeClr>
+            <a:srgbClr val="F9F7F5"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="en-US" sz="1588"/>
+            <a:endParaRPr lang="en-US" sz="1588" b="0" i="0">
+              <a:latin typeface="Fidelity Sans 2" panose="020B0504050501040104" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
+          <p:cNvPr id="11" name="Text Placeholder 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D49ABDF3-B79D-7641-92C8-181EEDD5A8CE}"/>
-[...126 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3AE5F31-A08E-4023-8FCE-EEE2BB87D0E2}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{364F5D78-9460-0ACB-5E61-3EB06ECB19B5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="896700" y="924485"/>
-            <a:ext cx="10515985" cy="589710"/>
+            <a:off x="457200" y="914400"/>
+            <a:ext cx="11295529" cy="583200"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr lIns="0"/>
+          <a:bodyPr vert="horz" lIns="0" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0">
-[...1 lines deleted...]
-              <a:defRPr/>
+            <a:lvl1pPr>
+              <a:defRPr lang="en-US" sz="1600">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="457232" indent="0">
-[...2 lines deleted...]
-            </a:lvl2pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
-          <a:p>
-[...5 lines deleted...]
-          </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Date Placeholder 2">
+          <p:cNvPr id="22" name="Date Placeholder 21">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5ED260EE-AD63-E648-87F5-05F5FE208D8A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85366759-3CE2-FC83-27EB-2F26D6BF5F00}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr algn="r" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="en-US"/>
-              <a:t>XXXXXX.X.X</a:t>
+              <a:rPr lang="en-CA"/>
+              <a:t>XXXXXX.XX</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-    </p:spTree>
-[...33 lines deleted...]
-      </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
+          <p:cNvPr id="23" name="Footer Placeholder 22">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D49ABDF3-B79D-7641-92C8-181EEDD5A8CE}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BE217788-B428-32A2-4046-8D8B40765430}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title"/>
-[...6111 lines deleted...]
-            <p:ph type="ftr" sz="quarter" idx="11"/>
+            <p:ph type="ftr" sz="quarter" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Slide Number Placeholder 5"/>
+          <p:cNvPr id="24" name="Slide Number Placeholder 23">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B98DA015-9B92-B040-3691-FE56DE276B30}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="sldNum" sz="quarter" idx="12"/>
+            <p:ph type="sldNum" sz="quarter" idx="16"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPts val="795"/>
+              </a:lnSpc>
+            </a:pPr>
             <a:fld id="{05BFBC55-CFB3-E64F-8BCC-34A4E1FBD227}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
-              <a:pPr/>
+              <a:rPr lang="en-CA" smtClean="0"/>
+              <a:pPr>
+                <a:lnSpc>
+                  <a:spcPts val="795"/>
+                </a:lnSpc>
+              </a:pPr>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-CA"/>
           </a:p>
         </p:txBody>
       </p:sp>
-    </p:spTree>
-[...29 lines deleted...]
-      </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1"/>
+          <p:cNvPr id="3" name="Title 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{262C5282-900D-6B6A-6702-FC2A1B1BB77C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
-          <a:lstStyle/>
-[...184 lines deleted...]
-          </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" algn="l" defTabSz="806882" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+            <a:lvl1pPr>
               <a:lnSpc>
                 <a:spcPts val="2293"/>
               </a:lnSpc>
-              <a:defRPr lang="en-US" sz="2400" kern="1200" dirty="0">
-[...6 lines deleted...]
-              </a:defRPr>
+              <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
-          </a:p>
-[...179 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-CA"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="747009874"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2712485356"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
+      <p:transition spd="med" p14:dur="700">
+        <p:fade/>
+      </p:transition>
+    </mc:Choice>
+    <mc:Fallback xmlns="">
+      <p:transition spd="med">
+        <p:fade/>
+      </p:transition>
+    </mc:Fallback>
+  </mc:AlternateContent>
   <p:extLst>
     <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout30.xml><?xml version="1.0" encoding="utf-8"?>
-[...6701 lines deleted...]
-
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout35.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout34.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout39.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout29.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout28.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout33.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout38.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout32.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout37.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout31.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout36.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{51E290CE-09B6-DC48-89C3-DD31229A72E5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="365135"/>
-            <a:ext cx="10515600" cy="1325563"/>
+            <a:off x="457200" y="547200"/>
+            <a:ext cx="11296800" cy="324000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b" anchorCtr="0">
-            <a:normAutofit/>
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t" anchorCtr="0">
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="0" lvl="0" defTabSz="806846">
+              <a:lnSpc>
+                <a:spcPts val="2293"/>
+              </a:lnSpc>
+            </a:pPr>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master title style</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{19202B07-3C25-E04A-BD02-764A2B02897E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="1757368"/>
-            <a:ext cx="10515600" cy="4351339"/>
+            <a:off x="457200" y="1520825"/>
+            <a:ext cx="11288713" cy="4659257"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+          <a:bodyPr vert="horz" lIns="0" tIns="45720" rIns="0" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Click to edit Master text styles</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Second level</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Third level</a:t>
             </a:r>
           </a:p>
           <a:p>
@@ -16735,5516 +4925,9612 @@
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Fifth level</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5361BFFB-4270-6341-AE05-DA9BEB27C69F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="916794" y="6360117"/>
-            <a:ext cx="8940339" cy="365125"/>
+            <a:off x="457200" y="6338648"/>
+            <a:ext cx="9854773" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="b" anchorCtr="0"/>
           <a:lstStyle>
-            <a:lvl1pPr algn="l">
+            <a:lvl1pPr marL="9144" indent="0" algn="l">
               <a:lnSpc>
-                <a:spcPts val="795"/>
+                <a:spcPct val="100000"/>
               </a:lnSpc>
-              <a:defRPr sz="707">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buNone/>
+              <a:defRPr sz="800">
                 <a:solidFill>
-                  <a:schemeClr val="tx1">
-[...705 lines deleted...]
-                  </a:schemeClr>
+                  <a:srgbClr val="403F3E"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42897490-E12C-B74E-851A-CDAECB4A2A43}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2" y="6492882"/>
-            <a:ext cx="558762" cy="365125"/>
+            <a:off x="1" y="6478305"/>
+            <a:ext cx="334800" cy="227296"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="b" anchorCtr="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
-              <a:defRPr sz="882">
+              <a:defRPr lang="en-US" sz="800" b="0" i="0" smtClean="0">
                 <a:solidFill>
-                  <a:schemeClr val="tx1">
-[...1 lines deleted...]
-                  </a:schemeClr>
+                  <a:srgbClr val="403F3E"/>
                 </a:solidFill>
+                <a:latin typeface="Fidelity Sans 2" panose="020B0504050501040104" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPts val="795"/>
+              </a:lnSpc>
+            </a:pPr>
             <a:fld id="{05BFBC55-CFB3-E64F-8BCC-34A4E1FBD227}" type="slidenum">
-              <a:rPr lang="en-US" smtClean="0"/>
-              <a:pPr/>
+              <a:rPr lang="en-CA" smtClean="0"/>
+              <a:pPr>
+                <a:lnSpc>
+                  <a:spcPts val="795"/>
+                </a:lnSpc>
+              </a:pPr>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-CA"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Date Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D404FF51-6EF3-D446-88B3-296D58AC5C52}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="2"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10507134" y="6475170"/>
+            <a:ext cx="1238779" cy="228603"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr kumimoji="0" lang="en-CA" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0" smtClean="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="403F3E"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Fidelity Sans 2" panose="020B0504050501040104" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="r" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-CA"/>
+              <a:t>XXXXXX.XX</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="TextBox 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1A48C9C-16C1-B1D6-19F4-17EC5DE8643E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14F026F2-68EF-79AE-3A66-1362B151C48F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
-          <p:nvPr>
+          <p:nvPr userDrawn="1">
             <p:extLst>
               <p:ext uri="{1162E1C5-73C7-4A58-AE30-91384D911F3F}">
                 <p184:classification xmlns:p184="http://schemas.microsoft.com/office/powerpoint/2018/4/main" val="ftr"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="63500" y="6642100"/>
-            <a:ext cx="1539875" cy="152400"/>
+            <a:ext cx="1479550" cy="152400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr horzOverflow="overflow" lIns="0" tIns="0" rIns="0" bIns="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l"/>
             <a:r>
               <a:rPr lang="en-US" sz="1000">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:alpha val="50000"/>
                   </a:srgbClr>
                 </a:solidFill>
-                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Fidelity Internal Information</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4053747853"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3560956032"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2147483674" r:id="rId1"/>
-[...13 lines deleted...]
-    <p:sldLayoutId id="2147483688" r:id="rId15"/>
+    <p:sldLayoutId id="2147483661" r:id="rId1"/>
+    <p:sldLayoutId id="2147483662" r:id="rId2"/>
+    <p:sldLayoutId id="2147483663" r:id="rId3"/>
+    <p:sldLayoutId id="2147483664" r:id="rId4"/>
+    <p:sldLayoutId id="2147483665" r:id="rId5"/>
+    <p:sldLayoutId id="2147483666" r:id="rId6"/>
+    <p:sldLayoutId id="2147483667" r:id="rId7"/>
+    <p:sldLayoutId id="2147483668" r:id="rId8"/>
+    <p:sldLayoutId id="2147483669" r:id="rId9"/>
+    <p:sldLayoutId id="2147483670" r:id="rId10"/>
+    <p:sldLayoutId id="2147483671" r:id="rId11"/>
+    <p:sldLayoutId id="2147483672" r:id="rId12"/>
+    <p:sldLayoutId id="2147483673" r:id="rId13"/>
+    <p:sldLayoutId id="2147483674" r:id="rId14"/>
   </p:sldLayoutIdLst>
-  <p:hf hdr="0" dt="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
+      <p:transition spd="med" p14:dur="700">
+        <p:fade/>
+      </p:transition>
+    </mc:Choice>
+    <mc:Fallback xmlns="">
+      <p:transition spd="med">
+        <p:fade/>
+      </p:transition>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <p:hf hdr="0"/>
   <p:txStyles>
     <p:titleStyle>
-      <a:lvl1pPr algn="l" defTabSz="914462" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
-          <a:spcPct val="90000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
-        <a:defRPr sz="2118" kern="1200">
+        <a:defRPr lang="en-US" sz="2800" b="0" i="0" kern="1200" dirty="0">
           <a:solidFill>
-            <a:schemeClr val="tx1"/>
+            <a:schemeClr val="accent1"/>
           </a:solidFill>
-          <a:latin typeface="+mn-lt"/>
-[...1 lines deleted...]
-          <a:cs typeface="+mj-cs"/>
+          <a:latin typeface="Fidelity Slab Light" pitchFamily="2" charset="77"/>
+          <a:ea typeface="Roboto Slab Light" pitchFamily="2" charset="0"/>
+          <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
         </a:defRPr>
       </a:lvl1pPr>
     </p:titleStyle>
     <p:bodyStyle>
-      <a:lvl1pPr marL="228615" indent="-228615" algn="l" defTabSz="914462" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl1pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="1000"/>
         </a:spcBef>
         <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-        <a:buChar char="•"/>
-        <a:defRPr sz="1588" kern="1200">
+        <a:buNone/>
+        <a:defRPr sz="1600" b="0" i="0" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:lvl2pPr marL="685846" indent="-228615" algn="l" defTabSz="914462" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl2pPr marL="457199" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="500"/>
         </a:spcBef>
         <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-        <a:buChar char="•"/>
-        <a:defRPr sz="1412" kern="1200">
+        <a:buNone/>
+        <a:defRPr sz="1600" b="0" i="0" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl2pPr>
-      <a:lvl3pPr marL="1143078" indent="-228615" algn="l" defTabSz="914462" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl3pPr marL="914398" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="500"/>
         </a:spcBef>
         <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-        <a:buChar char="•"/>
-        <a:defRPr sz="1235" kern="1200">
+        <a:buNone/>
+        <a:defRPr sz="1400" b="0" i="0" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl3pPr>
-      <a:lvl4pPr marL="1600309" indent="-228615" algn="l" defTabSz="914462" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl4pPr marL="1371599" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="500"/>
         </a:spcBef>
         <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-        <a:buChar char="•"/>
-        <a:defRPr sz="1235" kern="1200">
+        <a:buNone/>
+        <a:defRPr sz="1400" b="0" i="0" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl4pPr>
-      <a:lvl5pPr marL="2057539" indent="-228615" algn="l" defTabSz="914462" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl5pPr marL="1828798" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="500"/>
         </a:spcBef>
         <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-        <a:buChar char="•"/>
-        <a:defRPr sz="1235" kern="1200">
+        <a:buNone/>
+        <a:defRPr sz="1400" b="0" i="0" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl5pPr>
-      <a:lvl6pPr marL="2514770" indent="-228615" algn="l" defTabSz="914462" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl6pPr marL="2514597" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="500"/>
         </a:spcBef>
         <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:buChar char="•"/>
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl6pPr>
-      <a:lvl7pPr marL="2972002" indent="-228615" algn="l" defTabSz="914462" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl7pPr marL="2971796" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="500"/>
         </a:spcBef>
         <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:buChar char="•"/>
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl7pPr>
-      <a:lvl8pPr marL="3429232" indent="-228615" algn="l" defTabSz="914462" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl8pPr marL="3428997" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="500"/>
         </a:spcBef>
         <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:buChar char="•"/>
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
-      <a:lvl9pPr marL="3886464" indent="-228615" algn="l" defTabSz="914462" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl9pPr marL="3886196" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="500"/>
         </a:spcBef>
         <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:buChar char="•"/>
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:bodyStyle>
     <p:otherStyle>
       <a:defPPr>
         <a:defRPr lang="en-US"/>
       </a:defPPr>
-      <a:lvl1pPr marL="0" algn="l" defTabSz="914462" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:lvl2pPr marL="457232" algn="l" defTabSz="914462" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl2pPr marL="457199" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl2pPr>
-      <a:lvl3pPr marL="914462" algn="l" defTabSz="914462" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl3pPr>
-      <a:lvl4pPr marL="1371693" algn="l" defTabSz="914462" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl4pPr marL="1371599" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl4pPr>
-      <a:lvl5pPr marL="1828924" algn="l" defTabSz="914462" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl5pPr marL="1828798" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl5pPr>
-      <a:lvl6pPr marL="2286155" algn="l" defTabSz="914462" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl6pPr marL="2285998" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl6pPr>
-      <a:lvl7pPr marL="2743387" algn="l" defTabSz="914462" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl7pPr marL="2743198" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl7pPr>
-      <a:lvl8pPr marL="3200617" algn="l" defTabSz="914462" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl8pPr marL="3200396" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
-      <a:lvl9pPr marL="3657847" algn="l" defTabSz="914462" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl9pPr marL="3657595" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
   <p:extLst>
     <p:ext uri="{27BBF7A9-308A-43DC-89C8-2F10F3537804}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
-        <p15:guide id="1" orient="horz" pos="1081" userDrawn="1">
+        <p15:guide id="1" orient="horz" pos="958">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="2" orient="horz" pos="4236" userDrawn="1">
+        <p15:guide id="2" orient="horz" pos="4224">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="3" pos="2208" userDrawn="1">
+        <p15:guide id="3" pos="1999">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="4" pos="4131" userDrawn="1">
+        <p15:guide id="4" pos="3883">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="5" pos="490" userDrawn="1">
+        <p15:guide id="5" pos="283">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="6" pos="5846" userDrawn="1">
+        <p15:guide id="6" pos="7399">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="7" pos="2304" userDrawn="1">
+        <p15:guide id="7" pos="2083">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="8" pos="4032" userDrawn="1">
+        <p15:guide id="8" pos="3799">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="9" pos="5599">
+          <p15:clr>
+            <a:srgbClr val="F26B43"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="10" pos="5683">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:sldMaster>
 </file>
 
-<file path=ppt/slideMasters/slideMaster3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sipc.org/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
-      <p:bgRef idx="1001">
-[...1 lines deleted...]
-      </p:bgRef>
+      <p:bgPr>
+        <a:solidFill>
+          <a:srgbClr val="F9F7F5"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CD4A5EA4-0C16-7AC0-8967-958916EC266E}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title Placeholder 1"/>
-[...5 lines deleted...]
-          </p:nvPr>
+          <p:cNvPr id="61" name="Rectangle 60">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{44406CED-47AF-4578-F24F-6AC3D69A0AF8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="838200" y="365130"/>
-            <a:ext cx="10515600" cy="1325563"/>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="1358900"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-        </p:spPr>
-[...289 lines deleted...]
-          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
-          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" anchor="ctr" anchorCtr="0">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="ctr"/>
-[...4 lines deleted...]
-              <a:sym typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1600" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" err="1">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Fidelity Sans 2"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="10" name="TextBox 9">
+          <p:cNvPr id="6" name="TextBox 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BE9D17AF-9925-8716-168E-590279F58D0C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F570A000-81B2-BE5D-3634-91AD5837959C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
-          <p:nvPr>
-[...5 lines deleted...]
-          </p:nvPr>
+          <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="63500" y="6642100"/>
-            <a:ext cx="1539875" cy="152400"/>
+            <a:off x="34333" y="6237462"/>
+            <a:ext cx="11453186" cy="531341"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr horzOverflow="overflow" lIns="0" tIns="0" rIns="0" bIns="0">
-            <a:spAutoFit/>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="l"/>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="135"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1000">
+              <a:rPr kumimoji="0" lang="en-US" sz="700" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
                 <a:solidFill>
-                  <a:srgbClr val="000000">
-[...1 lines deleted...]
-                  </a:srgbClr>
+                  <a:srgbClr val="403F3E"/>
                 </a:solidFill>
-                <a:latin typeface="Aptos" panose="020B0004020202020204" pitchFamily="34" charset="0"/>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Fidelity Sans 2"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>Fidelity Internal Information</a:t>
+              <a:t>For plan sponsor use only. Fidelity Brokerage Services LLC, Member NYSE, </a:t>
             </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="700" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="403F3E"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Fidelity Sans 2"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>SIPC</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="700" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="403F3E"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Fidelity Sans 2"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>, 900 Salem Street, Smithfield, RI 02917 </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="135"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="700" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:srgbClr val="403F3E"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Fidelity Sans 2"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>© 2025 FMR LLC. All rights reserved. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="135"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="403F3E"/>
+                </a:solidFill>
+                <a:latin typeface="Fidelity Sans 2"/>
+              </a:rPr>
+              <a:t>1220731.2.0</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-    </p:spTree>
-[...377 lines deleted...]
-      </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Title 1">
+          <p:cNvPr id="7" name="Rectangle 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA3CEDC3-ABBF-5CAD-5DB3-31256EB7FA9E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{822D1269-95F8-A6F5-9C07-2F7CB4FC2369}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="72237"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:gradFill flip="none" rotWithShape="1">
+            <a:gsLst>
+              <a:gs pos="0">
+                <a:schemeClr val="accent1"/>
+              </a:gs>
+              <a:gs pos="100000">
+                <a:schemeClr val="accent3"/>
+              </a:gs>
+            </a:gsLst>
+            <a:lin ang="10800000" scaled="1"/>
+            <a:tileRect/>
+          </a:gradFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Fidelity Sans 2"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="20" name="Title 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AA6BF54B-09EC-1844-D27F-E5CEAFC8A9EB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="418045" y="208016"/>
-            <a:ext cx="8830729" cy="596685"/>
+            <a:off x="307892" y="301089"/>
+            <a:ext cx="11453186" cy="487148"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="ctr" anchorCtr="0"/>
           <a:lstStyle/>
           <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1" dirty="0"/>
-              <a:t>Fidelity® Personalized Planning &amp; Advice (PP&amp;A) centrally deployed campaigns</a:t>
+              <a:rPr lang="en-US" sz="2400" b="1" spc="-20" dirty="0">
+                <a:latin typeface="Fidelity Slab SemiBold" panose="02060504050501040104" pitchFamily="18" charset="77"/>
+              </a:rPr>
+              <a:t>Fidelity® Personalized Planning &amp; Advice (PP&amp;A)</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" b="1" dirty="0"/>
-[...6 lines deleted...]
-                <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+              <a:rPr lang="en-US" sz="2400" b="1" spc="-20" dirty="0">
+                <a:latin typeface="Fidelity Slab Light" panose="02060404050501040104" pitchFamily="18" charset="77"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-US" b="1" dirty="0"/>
-              <a:t> </a:t>
+              <a:rPr lang="en-US" sz="2400" spc="-20" dirty="0">
+                <a:latin typeface="Fidelity Slab ExtraLight" panose="02060304050501040104" pitchFamily="18" charset="77"/>
+              </a:rPr>
+              <a:t>Centrally deployed campaigns</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="11" name="Table 11">
+          <p:cNvPr id="37" name="Table 36">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{21C080DF-FA87-AE31-B920-F2419C5FE2F2}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5C3D0468-B355-17D1-1B2D-5151D8E42AD7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3132776550"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2848112289"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
-          <a:off x="599998" y="2452072"/>
-          <a:ext cx="11592000" cy="4032619"/>
+          <a:off x="0" y="978033"/>
+          <a:ext cx="12192002" cy="5335304"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
-              <a:tblPr>
+              <a:tblPr firstRow="1" bandRow="1">
                 <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="1159200">
+                <a:gridCol w="708066">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1698694809"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="218289229"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="1159200">
+                <a:gridCol w="832626">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3991133182"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2321539587"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="1159200">
+                <a:gridCol w="885084">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2455631030"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="462564283"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="1159200">
+                <a:gridCol w="885084">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2469544657"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3346330899"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="1159200">
+                <a:gridCol w="973593">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="245760467"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="794727815"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="1159200">
+                <a:gridCol w="885084">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="465716456"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="4173640282"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="1159200">
+                <a:gridCol w="973593">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3859089087"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2110272803"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="1159200">
+                <a:gridCol w="1095694">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2228904235"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2954338739"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="1159200">
+                <a:gridCol w="1062101">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3589849359"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1611105521"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="1159200">
+                <a:gridCol w="973593">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3543596525"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3905224533"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="805607">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1596241029"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="774449">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="4129383731"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="1337428">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1667562936"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
-              <a:tr h="1225107">
+              <a:tr h="246100">
+                <a:tc rowSpan="4">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:endParaRPr lang="en-US" sz="1000" b="1" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc gridSpan="4">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1000"/>
+                        <a:t>Eligible</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="45720" marR="45720" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="accent2"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="en-US"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="en-US"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="en-US"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc gridSpan="8">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1000" dirty="0"/>
+                        <a:t>Enrolled</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="45720" marR="45720" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="accent6">
+                        <a:lumMod val="75000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="en-US"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="en-US"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="en-US"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="en-US"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="en-US"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="en-US"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="en-US"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="490620270"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="361903">
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l"/>
+                      <a:endParaRPr lang="en-US" sz="900" b="1">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="accent1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="812790" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="900" b="1">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>Awareness</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="45720" marR="45720" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="accent1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc gridSpan="3">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="900" b="1">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>Consideration</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="45720" marR="45720" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="accent1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="en-US"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="en-US"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="900" b="1">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>Onboard</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="45720" marR="45720" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="accent6"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc gridSpan="6">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="900" b="1">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>Personalize &amp; Maximize</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="45720" marR="45720" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="accent6"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="en-US"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="en-US"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="en-US"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="en-US"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="en-US"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="900" b="1">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>Retirement Readiness</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="1100">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="45720" marR="45720" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="accent6"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1629689026"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="461438">
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l"/>
+                      <a:endParaRPr lang="en-US" sz="800">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="60000"/>
+                          <a:lumOff val="40000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="60000"/>
+                          <a:lumOff val="40000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="60000"/>
+                          <a:lumOff val="40000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="800">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>Activation</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="45720" marR="45720">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:alpha val="10000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="800" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>PP&amp;A Awareness</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="45720" marR="45720">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:alpha val="10000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="800" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>Off-Track Investment Mix (TAM)</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="45720" marR="45720">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:alpha val="10000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="800" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>Re-engagement</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="45720" marR="45720">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:alpha val="10000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="800" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>Onboarding</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="45720" marR="45720">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="accent6">
+                        <a:alpha val="10000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="800">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>Investment Strategy</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="1600">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="45720" marR="45720">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="accent6">
+                        <a:alpha val="10000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="800">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>Quarterly </a:t>
+                      </a:r>
+                      <a:br>
+                        <a:rPr lang="en-US" sz="800">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                      </a:br>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="800">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>Check-In</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="45720" marR="45720">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="accent6">
+                        <a:alpha val="10000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="800">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>Anniversary</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="45720" marR="45720">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="accent6">
+                        <a:alpha val="10000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="800">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>Engagement </a:t>
+                      </a:r>
+                      <a:br>
+                        <a:rPr lang="en-US" sz="800">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                      </a:br>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="800">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>triggers</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="45720" marR="45720">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="accent6">
+                        <a:alpha val="10000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="800">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>Personal Profile Reminders</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="45720" marR="45720">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="accent6">
+                        <a:alpha val="10000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="800" spc="-10" baseline="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>Low Personalization Reminder</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="accent6">
+                        <a:alpha val="10000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="800" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>Retirement Readiness</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="45720" marR="45720">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="accent6">
+                        <a:alpha val="10000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="4220970239"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="1221423">
+                <a:tc vMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="en-US" sz="800" b="1">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="45720" marR="45720">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:srgbClr val="F9F7F5"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" kern="1200" dirty="0">
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" kern="1200">
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" kern="1200">
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" noProof="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" kern="1200">
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                        <a:effectLst/>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" kern="1200">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr>
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1677649444"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="1168976">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="800" b="1">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:rPr>
+                        <a:t>Description</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="45720" marR="45720" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" sz="700"/>
-                        <a:t>Announces the availability of the new PP&amp;A service to plan participants after a plan adds PP&amp;A as a plan feature.</a:t>
+                        <a:t>Announces the availability of </a:t>
+                      </a:r>
+                      <a:br>
+                        <a:rPr lang="en-US" sz="700"/>
+                      </a:br>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="700"/>
+                        <a:t>the new PP&amp;A service to plan participants after a plan adds PP&amp;A as a plan feature</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                  <a:tcPr marL="45720" marR="45720" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1">
-[...1 lines deleted...]
-                      </a:schemeClr>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="en-US" sz="700" kern="1200" dirty="0">
-[...6 lines deleted...]
-                      </a:endParaRPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="700" kern="1200">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>To provide awareness and education on </a:t>
+                      </a:r>
+                      <a:br>
+                        <a:rPr lang="en-US" sz="700" kern="1200">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                      </a:br>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="700" kern="1200">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>what a managed account offers and to consider if a managed account </a:t>
+                      </a:r>
+                      <a:br>
+                        <a:rPr lang="en-US" sz="700" kern="1200">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                      </a:br>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="700" kern="1200">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>is right for them</a:t>
+                      </a:r>
                     </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="45720" marR="45720" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" sz="700" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="+mn-lt"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="+mn-cs"/>
                         </a:rPr>
-                        <a:t>To provide awareness and education on what a managed account offers and to consider if a managed account is right for them</a:t>
+                        <a:t>Notifies DIYer participants that their asset allocation is off track &gt;25% </a:t>
                       </a:r>
                     </a:p>
-                    <a:p>
-[...9 lines deleted...]
-                    </a:p>
                   </a:txBody>
-                  <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                  <a:tcPr marL="45720" marR="45720" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1">
-[...1 lines deleted...]
-                      </a:schemeClr>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="812790" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" sz="700" kern="1200">
                           <a:solidFill>
                             <a:schemeClr val="dk1"/>
                           </a:solidFill>
                           <a:latin typeface="+mn-lt"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="+mn-cs"/>
                         </a:rPr>
                         <a:t>Re-engages participants that started their Personal Profile or generated a Proposal to return and learn more or complete their enrollment</a:t>
                       </a:r>
                     </a:p>
-                    <a:p>
-[...9 lines deleted...]
-                    </a:p>
                   </a:txBody>
-                  <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                  <a:tcPr marL="45720" marR="45720" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1">
-[...1 lines deleted...]
-                      </a:schemeClr>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr lvl="0" algn="ctr">
-[...105 lines deleted...]
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="812790" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" sz="700" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" noProof="0" dirty="0">
+                        <a:rPr lang="en-US" sz="700" b="0" i="0" u="none" strike="noStrike" noProof="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="+mn-lt"/>
                         </a:rPr>
-                        <a:t>To provide participants with their retirement readiness score, target asset allocation,  and contribution snapshot compared to the previous year</a:t>
+                        <a:t>To welcome participants and promote personalizing their Personal Profile and visiting their PP&amp;A planning dashboard</a:t>
                       </a:r>
-                      <a:endParaRPr lang="en-US" sz="700" dirty="0">
-[...4 lines deleted...]
-                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                  <a:tcPr marL="45720" marR="45720" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1">
-[...1 lines deleted...]
-                      </a:schemeClr>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="812790" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="700" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" noProof="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>To inform participants of their personalized investment strategy and keep them aware of any account reviews or changes as part of on-going management</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="700" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="45720" marR="45720" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="700" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" noProof="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>To engage participants quarterly with a snapshot of their plan, drive planning dashboard visits, and helping ensure their Profile is kept up to date</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="700">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="45720" marR="45720" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="700" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" noProof="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>To provide participants with their retirement readiness score, target asset allocation, and contribution </a:t>
+                      </a:r>
+                      <a:br>
+                        <a:rPr lang="en-US" sz="700" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" noProof="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                      </a:br>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="700" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" noProof="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>snapshot compared </a:t>
+                      </a:r>
+                      <a:br>
+                        <a:rPr lang="en-US" sz="700" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" noProof="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                      </a:br>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="700" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" noProof="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>to the previous year</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="700">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="45720" marR="45720" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" sz="700">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="+mn-lt"/>
                         </a:rPr>
                         <a:t>To target and help ensure participants are engaging with and making the most of their managed account</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                  <a:tcPr marL="45720" marR="45720" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1">
-[...1 lines deleted...]
-                      </a:schemeClr>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="812790" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" sz="700" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" noProof="0" dirty="0">
+                        <a:rPr lang="en-US" sz="700" kern="1200">
                           <a:solidFill>
-                            <a:schemeClr val="tx1"/>
+                            <a:schemeClr val="dk1"/>
                           </a:solidFill>
+                          <a:effectLst/>
                           <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
                         </a:rPr>
-                        <a:t>Targets only participants who have yet to personalized their Profile</a:t>
+                        <a:t>Targets participants who have not yet personalized </a:t>
                       </a:r>
-                      <a:endParaRPr lang="en-US" sz="700" dirty="0">
-[...15 lines deleted...]
-                      </a:endParaRPr>
+                      <a:br>
+                        <a:rPr lang="en-US" sz="700" kern="1200">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                      </a:br>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="700" kern="1200">
+                          <a:solidFill>
+                            <a:schemeClr val="dk1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>their Profile</a:t>
+                      </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                  <a:tcPr marL="45720" marR="45720" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1">
-[...1 lines deleted...]
-                      </a:schemeClr>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="812790" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="700" kern="1200">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>Targets participants </a:t>
+                      </a:r>
+                      <a:br>
+                        <a:rPr lang="en-US" sz="700" kern="1200">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                      </a:br>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="700" kern="1200">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>who are considered low personalized within their Personal Profile</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="45720" marR="45720" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" sz="700" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" noProof="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="+mn-lt"/>
                         </a:rPr>
                         <a:t>To provides education and resources to participants supporting their saving and planning decisions as they prepare for retirement</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="700">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                       </a:endParaRPr>
                     </a:p>
-                    <a:p>
-[...9 lines deleted...]
-                    </a:p>
                   </a:txBody>
-                  <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                  <a:tcPr marL="45720" marR="45720" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1">
-[...1 lines deleted...]
-                      </a:schemeClr>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="429122169"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="894146748"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="539085">
+              <a:tr h="338388">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="800" b="1"/>
+                        <a:t>Opt-Out Available</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="45720" marR="45720" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="700"/>
                         <a:t>Yes</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                  <a:tcPr marL="45720" marR="45720" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1">
-[...1 lines deleted...]
-                      </a:schemeClr>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="700"/>
                         <a:t>Yes</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                  <a:tcPr marL="45720" marR="45720" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1">
-[...1 lines deleted...]
-                      </a:schemeClr>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="700" dirty="0"/>
+                        <a:t>Yes</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="45720" marR="45720" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="700"/>
                         <a:t>Yes</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                  <a:tcPr marL="45720" marR="45720" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1">
-[...1 lines deleted...]
-                      </a:schemeClr>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr lvl="0" algn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" sz="700">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="+mn-lt"/>
                         </a:rPr>
                         <a:t>No</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                  <a:tcPr marL="45720" marR="45720" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1">
-[...1 lines deleted...]
-                      </a:schemeClr>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="700">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="+mn-lt"/>
                         </a:rPr>
                         <a:t>No</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                  <a:tcPr marL="45720" marR="45720" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1">
-[...1 lines deleted...]
-                      </a:schemeClr>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="700">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="+mn-lt"/>
                         </a:rPr>
                         <a:t>No</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                  <a:tcPr marL="45720" marR="45720" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1">
-[...1 lines deleted...]
-                      </a:schemeClr>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="700">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="+mn-lt"/>
                         </a:rPr>
                         <a:t>No</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                  <a:tcPr marL="45720" marR="45720" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1">
-[...51 lines deleted...]
-                      </a:schemeClr>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="700">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="+mn-lt"/>
                         </a:rPr>
                         <a:t>No</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                  <a:tcPr marL="45720" marR="45720" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1">
-[...1 lines deleted...]
-                      </a:schemeClr>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
-                <a:extLst>
-[...5 lines deleted...]
-              <a:tr h="539085">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr lang="en-US" sz="700" dirty="0"/>
+                        <a:rPr lang="en-US" sz="700">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>Yes</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="45720" marR="45720" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="700">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>Yes</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="45720" marR="45720" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="700">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>No</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="45720" marR="45720" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="340172023"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="416980">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="800" b="1"/>
+                        <a:t>Format</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="45720" marR="45720" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="700"/>
                         <a:t>Email, </a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr lang="en-US" sz="700" dirty="0"/>
+                        <a:rPr lang="en-US" sz="700"/>
                         <a:t>Print backup for touch 1 and 2</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1">
-[...1 lines deleted...]
-                      </a:schemeClr>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="700"/>
                         <a:t>Email only</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1">
-[...1 lines deleted...]
-                      </a:schemeClr>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="700" dirty="0"/>
+                        <a:t>Email only </a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="700"/>
                         <a:t>Email only</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1">
-[...1 lines deleted...]
-                      </a:schemeClr>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr lvl="0" algn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" sz="700" b="0" i="0" u="none" strike="noStrike" noProof="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="+mn-lt"/>
                         </a:rPr>
                         <a:t>Email,</a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:pPr lvl="0" algn="ctr">
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" sz="700" b="0" i="0" u="none" strike="noStrike" noProof="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="+mn-lt"/>
                         </a:rPr>
                         <a:t>Print backup for touch 1 only </a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="700">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1">
-[...1 lines deleted...]
-                      </a:schemeClr>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="700">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="+mn-lt"/>
                         </a:rPr>
                         <a:t>Email,</a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="700">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="+mn-lt"/>
                         </a:rPr>
                         <a:t>Print backup</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1">
-[...1 lines deleted...]
-                      </a:schemeClr>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="700">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="+mn-lt"/>
                         </a:rPr>
                         <a:t>Email,</a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="700">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="+mn-lt"/>
                         </a:rPr>
                         <a:t>Print backup</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1">
-[...1 lines deleted...]
-                      </a:schemeClr>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="700">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="+mn-lt"/>
                         </a:rPr>
                         <a:t>Email,</a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="700">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="+mn-lt"/>
                         </a:rPr>
                         <a:t>Print backup</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1">
-[...1 lines deleted...]
-                      </a:schemeClr>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="700">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="+mn-lt"/>
                         </a:rPr>
                         <a:t>Email only</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1">
-[...1 lines deleted...]
-                      </a:schemeClr>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="700">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="+mn-lt"/>
                         </a:rPr>
                         <a:t>Email,</a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="700">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="+mn-lt"/>
                         </a:rPr>
                         <a:t>Print backup</a:t>
                       </a:r>
                     </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
-                      <a:endParaRPr lang="en-US" sz="700">
-[...4 lines deleted...]
-                      </a:endParaRPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="700">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>Email,</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="700">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>Print backup</a:t>
+                      </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1">
-[...1 lines deleted...]
-                      </a:schemeClr>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="700">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="+mn-lt"/>
                         </a:rPr>
                         <a:t>Email only</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1">
-[...1 lines deleted...]
-                      </a:schemeClr>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2586178583"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="194827635"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="1225107">
+              <a:tr h="904758">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="800" b="1"/>
+                        <a:t>Time/</a:t>
+                      </a:r>
+                      <a:br>
+                        <a:rPr lang="en-US" sz="800" b="1"/>
+                      </a:br>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="800" b="1"/>
+                        <a:t>Cadence</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="45720" marR="45720" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="700"/>
                         <a:t>~35 prior days prior to the plan going live with PP&amp;A</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1">
-[...1 lines deleted...]
-                      </a:schemeClr>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="700"/>
                         <a:t>Annually</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1">
-[...1 lines deleted...]
-                      </a:schemeClr>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="700" dirty="0"/>
+                        <a:t>February and August trigger</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="700"/>
                         <a:t>Ongoing trigger</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1">
-[...1 lines deleted...]
-                      </a:schemeClr>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="700">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="+mn-lt"/>
                         </a:rPr>
-                        <a:t>Responsive: Upon </a:t>
-[...8 lines deleted...]
-                        <a:t>enrollment, touches sent every week</a:t>
+                        <a:t>Responsive: Upon enrollment, touches sent every week</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1">
-[...1 lines deleted...]
-                      </a:schemeClr>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="812790" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" sz="700" b="0" i="0" u="none" strike="noStrike" baseline="0" noProof="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="+mn-lt"/>
                         </a:rPr>
                         <a:t>Responsive: Sent after every rescore and/or Profile update</a:t>
                       </a:r>
                       <a:endParaRPr lang="en-US" sz="700">
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1">
-[...1 lines deleted...]
-                      </a:schemeClr>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="812790" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" sz="700" i="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="+mn-lt"/>
                         </a:rPr>
                         <a:t>Sends during the first month of each quarter</a:t>
                       </a:r>
                     </a:p>
-                    <a:p>
-[...7 lines deleted...]
-                    </a:p>
                   </a:txBody>
                   <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1">
-[...1 lines deleted...]
-                      </a:schemeClr>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" sz="700" b="0" i="0" u="none" strike="noStrike" baseline="0" noProof="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="+mn-lt"/>
                         </a:rPr>
                         <a:t>Responsive: Sent to all participants on their anniversaries with the service </a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1">
-[...1 lines deleted...]
-                      </a:schemeClr>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" lvl="0" indent="0" algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" sz="700" b="0" i="0" u="none" strike="noStrike" baseline="0" noProof="0">
+                        <a:rPr lang="en-US" sz="700" b="0" i="0" u="none" strike="noStrike" spc="-10" baseline="0" noProof="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="+mn-lt"/>
                         </a:rPr>
                         <a:t>Responsive: Sent to participants who have not visited their PP&amp;A dashboard or updated their Personal Profile within the past year </a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1">
-[...1 lines deleted...]
-                      </a:schemeClr>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="812790" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" sz="700" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="+mn-lt"/>
                           <a:ea typeface="+mn-ea"/>
                           <a:cs typeface="+mn-cs"/>
                         </a:rPr>
                         <a:t>Quarterly (March, June, September, &amp; December)</a:t>
                       </a:r>
                     </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
-                      <a:endParaRPr lang="en-US" sz="700">
-[...4 lines deleted...]
-                      </a:endParaRPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="700">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                        </a:rPr>
+                        <a:t>Annual (December)</a:t>
+                      </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1">
-[...1 lines deleted...]
-                      </a:schemeClr>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="812790" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="en-US" sz="700" b="0" i="0" u="none" strike="noStrike" baseline="0" noProof="0">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="+mn-lt"/>
                         </a:rPr>
                         <a:t>Responsive: Starting at age 50 to 65 a participant will receive an annual email </a:t>
                       </a:r>
                     </a:p>
-                    <a:p>
-[...7 lines deleted...]
-                    </a:p>
                   </a:txBody>
                   <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1">
-[...1 lines deleted...]
-                      </a:schemeClr>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="600956491"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1982574774"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="504235">
+              <a:tr h="215338">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="800" b="1"/>
+                        <a:t>Options</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="45720" marR="45720" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="700"/>
                         <a:t>3 touches </a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1">
-[...1 lines deleted...]
-                      </a:schemeClr>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="700"/>
                         <a:t>3 touches</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1">
-[...1 lines deleted...]
-                      </a:schemeClr>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:endParaRPr lang="en-US" sz="700" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr lang="en-US" sz="700"/>
+                        <a:rPr lang="en-US" sz="700" dirty="0"/>
                         <a:t>2 touches</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1">
-[...81 lines deleted...]
-                      </a:schemeClr>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="700"/>
                         <a:t>N/A</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1">
-[...1 lines deleted...]
-                      </a:schemeClr>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="700"/>
-                        <a:t>NA</a:t>
+                        <a:t>N/A</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1">
-[...1 lines deleted...]
-                      </a:schemeClr>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="700"/>
+                        <a:t>N/A</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="700"/>
+                        <a:t>N/A</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="en-US" sz="700" dirty="0"/>
-                        <a:t>NA</a:t>
+                        <a:t>N/A</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
                     <a:solidFill>
-                      <a:schemeClr val="bg1">
-[...1 lines deleted...]
-                      </a:schemeClr>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="700" dirty="0"/>
+                        <a:t>N/A</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="700"/>
+                        <a:t>N/A</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="700" dirty="0"/>
+                        <a:t>N/A</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="60960" marR="60960" marT="30480" marB="30480" anchor="ctr">
+                    <a:lnL w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="6350" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="20000"/>
+                          <a:lumOff val="80000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx2">
+                          <a:lumMod val="40000"/>
+                          <a:lumOff val="60000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2199844402"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="274305090"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
-      <p:sp>
-[...1 lines deleted...]
-          <p:cNvPr id="35" name="TextBox 34">
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="45" name="Picture 44">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7841505E-68DB-12AC-ADBD-A3862C997D8D}"/>
-[...609 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{68ED3DDB-5A4B-8A16-B80F-B65B9024AE03}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7069C046-0439-B1BF-0DFC-BAC954860EAB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3"/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4309846" y="1457525"/>
-            <a:ext cx="773185" cy="988362"/>
+            <a:off x="815068" y="2146019"/>
+            <a:ext cx="632934" cy="1028743"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...1 lines deleted...]
-          <p:cNvPr id="4" name="TextBox 3">
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="47" name="Content Placeholder 7" descr="A screenshot of a cell phone&#10;&#10;AI-generated content may be incorrect.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{857998A8-FC25-832B-CDF1-53F54A64F2F5}"/>
-[...370 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C50C5364-0456-1E19-ADDA-50414F90F0A3}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE0A29D4-0314-C909-AA9B-9B8AEC68A498}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId5">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect t="8024" b="35029"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2020268" y="1451603"/>
-            <a:ext cx="587986" cy="998488"/>
+            <a:off x="1655835" y="2146019"/>
+            <a:ext cx="608469" cy="1033272"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="12700">
             <a:solidFill>
               <a:schemeClr val="bg1">
                 <a:lumMod val="75000"/>
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="29" name="Picture 28">
+          <p:cNvPr id="48" name="Picture 47">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C737D3B-0B80-6FDD-7231-6C261D8B36E5}"/>
-[...29 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E7974DD2-8A3C-B2A0-EFE6-CCCE3258D70A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A6C319F8-B2FA-BDF5-CACE-E36E6EDBCD1C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="881571" y="1427297"/>
-            <a:ext cx="632934" cy="1028743"/>
+            <a:off x="3345341" y="2146019"/>
+            <a:ext cx="907953" cy="1033272"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="33" name="Picture 32">
+          <p:cNvPr id="51" name="Picture 50" descr="A screenshot of a green and white website&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5591CAF0-D12F-FA4F-4090-D4ADCB54269C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{23FBBC0C-3D30-76B9-689A-191BF3CBA822}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId7"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6734127" y="1482291"/>
-            <a:ext cx="457365" cy="973749"/>
+            <a:off x="4315243" y="2146019"/>
+            <a:ext cx="808318" cy="1033272"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="39" name="Picture 38">
+          <p:cNvPr id="52" name="Picture 51">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{38DFF1D5-9762-5A17-2433-131ECEB18206}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{465303CC-0D52-61F7-7C7D-C522827B6762}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId8"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="9964808" y="1504382"/>
-            <a:ext cx="823258" cy="937858"/>
+            <a:off x="5386490" y="2141490"/>
+            <a:ext cx="550068" cy="1033272"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...1 lines deleted...]
-          <p:cNvPr id="3" name="Arrow: Chevron 2">
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="53" name="Picture 52">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C01A6C98-DDB4-93DB-21A8-30EB075C9D43}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A814116D-9503-F3CA-C53A-36A9E9C2349B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
           <p:nvPr/>
-        </p:nvSpPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId9"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1850229" y="1034153"/>
-[...64 lines deleted...]
-            <a:ext cx="5084860" cy="197141"/>
+            <a:off x="6486840" y="2150548"/>
+            <a:ext cx="485323" cy="1024214"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:solidFill>
-[...4 lines deleted...]
-          </a:ln>
         </p:spPr>
-        <p:style>
-[...76 lines deleted...]
-      </p:sp>
+      </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="21" name="Picture 20">
+          <p:cNvPr id="54" name="Picture 53">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E71AC948-B772-7C1F-DD26-DB7BF1308D46}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AF72C07C-E83C-8845-0CD7-E226B6490B53}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId10"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5510227" y="1460578"/>
-            <a:ext cx="529940" cy="995462"/>
+            <a:off x="7515085" y="2141490"/>
+            <a:ext cx="444141" cy="1033272"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="22" name="Picture 21">
+          <p:cNvPr id="55" name="Picture 54">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7E6D7EF-6691-DC55-47EE-A310A1EDA762}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{44E2B308-B381-C5A4-6073-DC6700A13765}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId11"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="11163116" y="1504382"/>
-            <a:ext cx="836198" cy="937858"/>
+            <a:off x="8392800" y="2141490"/>
+            <a:ext cx="817952" cy="1033272"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...1 lines deleted...]
-          <p:cNvPr id="28" name="TextBox 27">
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="56" name="Picture 55">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B793649-A654-BEE4-A3C3-5D4B9F742363}"/>
-[...34 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B00C8BC9-3D68-1C20-CD6F-BB5457DBE54A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B2D0D2DC-1756-74BE-CD5A-AC98A904ED2C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId12"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8814459" y="1464200"/>
-            <a:ext cx="775299" cy="979389"/>
+            <a:off x="9438804" y="2104124"/>
+            <a:ext cx="521541" cy="1033272"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="44" name="Picture 43">
+          <p:cNvPr id="57" name="Picture 56">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F91DCF9-D4EB-B166-C4FE-119DE65D48D9}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3250D5F3-9772-9946-B3E4-28BAE6118D1A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId13"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7851704" y="1469052"/>
-            <a:ext cx="427060" cy="993535"/>
+            <a:off x="10207157" y="2141490"/>
+            <a:ext cx="534504" cy="1033272"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...1 lines deleted...]
-          <p:cNvPr id="38" name="TextBox 37">
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="59" name="Picture 58">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{38C7FC2D-E06D-D3F2-74B4-DFACCB3AA36A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4EFE8838-0A1C-8D04-E471-AEC53A462B95}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
           <p:nvPr/>
-        </p:nvSpPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId14"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
         <p:spPr>
-          <a:xfrm rot="16200000">
-[...1 lines deleted...]
-            <a:ext cx="621384" cy="215444"/>
+          <a:xfrm>
+            <a:off x="11026884" y="2146019"/>
+            <a:ext cx="921270" cy="1033272"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1026" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{36472E78-982A-5013-9BF2-E3A4889887F7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId15">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="2549527" y="2150548"/>
+            <a:ext cx="602654" cy="1028743"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
         </p:spPr>
-        <p:txBody>
-[...19 lines deleted...]
-      </p:sp>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="271997868"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2354552334"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
+      <p:transition spd="med" p14:dur="700">
+        <p:fade/>
+      </p:transition>
+    </mc:Choice>
+    <mc:Fallback xmlns="">
+      <p:transition spd="med">
+        <p:fade/>
+      </p:transition>
+    </mc:Fallback>
+  </mc:AlternateContent>
 </p:sld>
 </file>
 
-<file path=ppt/tags/tag1.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="10_Custom Design">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Fidelity Template 2025">
   <a:themeElements>
-    <a:clrScheme name="WI 2022 - Custom 3">
+    <a:clrScheme name="Fidelity Palette 2025">
       <a:dk1>
-        <a:srgbClr val="4C4C4C"/>
+        <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="333F48"/>
+        <a:srgbClr val="403F3E"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E6E7E5"/>
+        <a:srgbClr val="F7F4E4"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="368727"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="005670"/>
+        <a:srgbClr val="044014"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="009681"/>
+        <a:srgbClr val="6AD539"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="298FC2"/>
+        <a:srgbClr val="1DE4CA"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="6ABF4B"/>
+        <a:srgbClr val="3880F3"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="B5BD00"/>
+        <a:srgbClr val="04547C"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="005670"/>
+        <a:srgbClr val="368727"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="005670"/>
+        <a:srgbClr val="368727"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Fidelity 2024">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Fidelity Slab Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
-[...45 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Fidelity Sans 2"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
-[...45 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -22344,197 +14630,242 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults>
     <a:spDef>
       <a:spPr>
+        <a:solidFill>
+          <a:schemeClr val="accent1"/>
+        </a:solidFill>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </a:spPr>
       <a:bodyPr rtlCol="0" anchor="ctr"/>
       <a:lstStyle>
         <a:defPPr algn="ctr">
-          <a:defRPr sz="1400" dirty="0" err="1" smtClean="0"/>
+          <a:defRPr sz="1600" dirty="0" err="1" smtClean="0"/>
         </a:defPPr>
       </a:lstStyle>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1">
             <a:shade val="50000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </a:style>
     </a:spDef>
     <a:lnDef>
       <a:spPr>
         <a:ln w="12700"/>
       </a:spPr>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
     <a:txDef>
       <a:spPr>
         <a:noFill/>
       </a:spPr>
-      <a:bodyPr wrap="square" rtlCol="0">
+      <a:bodyPr wrap="square" lIns="0" rtlCol="0">
         <a:spAutoFit/>
       </a:bodyPr>
       <a:lstStyle>
         <a:defPPr algn="l">
-          <a:defRPr sz="1400" dirty="0" err="1" smtClean="0"/>
+          <a:defRPr sz="1600" dirty="0" err="1" smtClean="0"/>
         </a:defPPr>
       </a:lstStyle>
     </a:txDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:custClrLst>
-    <a:custClr name="PMS 348">
-      <a:srgbClr val="118741"/>
+    <a:custClr name="Evergreen">
+      <a:srgbClr val="044014"/>
     </a:custClr>
-    <a:custClr name="PMS 7689">
-      <a:srgbClr val="298FC2"/>
+    <a:custClr name="Fidelity Green">
+      <a:srgbClr val="368727"/>
     </a:custClr>
-    <a:custClr name="OMS 2592">
-      <a:srgbClr val="893B90"/>
+    <a:custClr name="Lime Green">
+      <a:srgbClr val="6AD539"/>
     </a:custClr>
-    <a:custClr name="PMS 206">
-      <a:srgbClr val="E30B5C"/>
+    <a:custClr name="Aqua">
+      <a:srgbClr val="1DE4C9"/>
     </a:custClr>
-    <a:custClr name="PMS 144">
-      <a:srgbClr val="F98A3C"/>
+    <a:custClr name="Lapis">
+      <a:srgbClr val="3880F3"/>
     </a:custClr>
-    <a:custClr name="PMS 166">
-      <a:srgbClr val="DE5E06"/>
+    <a:custClr name="Marine">
+      <a:srgbClr val="04547C"/>
     </a:custClr>
-    <a:custClr name="PMS 116">
-      <a:srgbClr val="FFCD00"/>
+    <a:custClr name="Violet">
+      <a:srgbClr val="5B2C8F"/>
     </a:custClr>
-    <a:custClr name="PMS 390">
-      <a:srgbClr val="B5BD00"/>
+    <a:custClr name="Gold">
+      <a:srgbClr val="DBCA72"/>
     </a:custClr>
-    <a:custClr name="PMS 5503">
-      <a:srgbClr val="94B7BB"/>
+    <a:custClr name="BLANK">
+      <a:srgbClr val="FFFFFF"/>
     </a:custClr>
-    <a:custClr name="PMS 7544">
-      <a:srgbClr val="758592"/>
+    <a:custClr name="BLANK">
+      <a:srgbClr val="FFFFFF"/>
+    </a:custClr>
+    <a:custClr name="Charcoal">
+      <a:srgbClr val="403F3E"/>
+    </a:custClr>
+    <a:custClr name="Sand">
+      <a:srgbClr val="F7F4E4"/>
+    </a:custClr>
+    <a:custClr name="Mist">
+      <a:srgbClr val="F9F7F5"/>
+    </a:custClr>
+    <a:custClr name="BLANK">
+      <a:srgbClr val="FFFFFF"/>
+    </a:custClr>
+    <a:custClr name="BLANK">
+      <a:srgbClr val="FFFFFF"/>
+    </a:custClr>
+    <a:custClr name="BLANK">
+      <a:srgbClr val="FFFFFF"/>
+    </a:custClr>
+    <a:custClr name="BLANK">
+      <a:srgbClr val="FFFFFF"/>
+    </a:custClr>
+    <a:custClr name="BLANK">
+      <a:srgbClr val="FFFFFF"/>
+    </a:custClr>
+    <a:custClr name="BLANK">
+      <a:srgbClr val="FFFFFF"/>
+    </a:custClr>
+    <a:custClr name="BLANK">
+      <a:srgbClr val="FFFFFF"/>
+    </a:custClr>
+    <a:custClr name="B2C - Sky">
+      <a:srgbClr val="28CAFF"/>
+    </a:custClr>
+    <a:custClr name="B2C - Purple">
+      <a:srgbClr val="9747F6"/>
+    </a:custClr>
+    <a:custClr name="B2C - Magenta">
+      <a:srgbClr val="FC27E5"/>
+    </a:custClr>
+    <a:custClr name="B2C - Sand">
+      <a:srgbClr val="FF7A11"/>
     </a:custClr>
   </a:custClrLst>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="WI Toolkit 2020 16x9 (1)" id="{E1226E18-1AF3-E040-8B6A-B1AC688A233D}" vid="{8230BF58-0895-0F4C-A8DC-85B3195F9FB4}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Custom Design">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="WI 2020 FInal Color Palette">
+    <a:clrScheme name="Office">
       <a:dk1>
-        <a:srgbClr val="4C4C4C"/>
+        <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:srgbClr val="FFFFFF"/>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="333F48"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E6E7E5"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="6CC24A"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="298FC2"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="B5BD00"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="005670"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="0E863F"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="ED8B00"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="356F95"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="5C0198"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -22542,51 +14873,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -22653,65 +14984,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -22733,693 +15064,94 @@
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults>
-    <a:spDef>
-[...10 lines deleted...]
-      </a:lstStyle>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
-          <a:schemeClr val="accent1">
-[...1 lines deleted...]
-          </a:schemeClr>
+          <a:schemeClr val="accent1"/>
         </a:lnRef>
-        <a:fillRef idx="1">
+        <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
-        <a:effectRef idx="0">
+        <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
-          <a:schemeClr val="lt1"/>
+          <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
-    </a:spDef>
+    </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="WI Toolkit 2020 12" id="{CA6EDCEE-30F5-594D-9E99-1B40823DC14A}" vid="{6779C9BB-55FA-DD4E-AD82-B6087B9E28CF}"/>
-[...555 lines deleted...]
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...33 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="64bc8a5a-3003-49a9-8fa6-75aaeac9e836" xmlns:ns3="67e9b56e-0a74-4b8d-a15a-7a91726caaec" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8a60054eb00b2ad904043751a4820b2f" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A2F0CA68E8571643A448B5382A73B96E" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4f6a98a80f6acf5426898a9c641ddb02">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="64bc8a5a-3003-49a9-8fa6-75aaeac9e836" xmlns:ns3="67e9b56e-0a74-4b8d-a15a-7a91726caaec" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="845a81b9a1207143ed9dd27a108f6426" ns2:_="" ns3:_="">
     <xsd:import namespace="64bc8a5a-3003-49a9-8fa6-75aaeac9e836"/>
     <xsd:import namespace="67e9b56e-0a74-4b8d-a15a-7a91726caaec"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -23602,192 +15334,191 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="64bc8a5a-3003-49a9-8fa6-75aaeac9e836">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="67e9b56e-0a74-4b8d-a15a-7a91726caaec" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6A14B3B4-92CA-43E0-8869-5ED55E1C4DED}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2622B234-CB5B-4329-B449-C37130625418}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="64bc8a5a-3003-49a9-8fa6-75aaeac9e836"/>
     <ds:schemaRef ds:uri="67e9b56e-0a74-4b8d-a15a-7a91726caaec"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{41717B02-EE68-4D5E-9346-E1AE04F554F3}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47863FE3-DB29-48F4-9652-566D9689D403}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{732D832D-89B2-4A3A-89AF-AD67B1A8E1C5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="64bc8a5a-3003-49a9-8fa6-75aaeac9e836"/>
+    <ds:schemaRef ds:uri="67e9b56e-0a74-4b8d-a15a-7a91726caaec"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>459</Words>
+  <Words>530</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>87</Paragraphs>
+  <Paragraphs>95</Paragraphs>
   <Slides>1</Slides>
   <Notes>1</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="8" baseType="variant">
+    <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6</vt:i4>
+        <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
-      </vt:variant>
-[...4 lines deleted...]
-        <vt:lpstr>Embedded OLE Servers</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="11" baseType="lpstr">
       <vt:lpstr>Aptos</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
-      <vt:lpstr>Calibri Light</vt:lpstr>
       <vt:lpstr>Fidelity Sans</vt:lpstr>
-      <vt:lpstr>Verdana</vt:lpstr>
-[...4 lines deleted...]
-      <vt:lpstr>Fidelity® Personalized Planning &amp; Advice (PP&amp;A) centrally deployed campaigns   </vt:lpstr>
+      <vt:lpstr>Fidelity Sans 2</vt:lpstr>
+      <vt:lpstr>Fidelity Sans 2 Light</vt:lpstr>
+      <vt:lpstr>Fidelity Slab ExtraLight</vt:lpstr>
+      <vt:lpstr>Fidelity Slab Light</vt:lpstr>
+      <vt:lpstr>Fidelity Slab SemiBold</vt:lpstr>
+      <vt:lpstr>Fidelity Template 2025</vt:lpstr>
+      <vt:lpstr>Fidelity® Personalized Planning &amp; Advice (PP&amp;A) Centrally deployed campaigns</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Fidelity Investments</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>PP&amp;A Eligible Participant Communications</dc:title>
-  <dc:creator>Wright, Kristen</dc:creator>
+  <dc:title/>
+  <dc:creator>Sullivan, Jasmine</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_03b2c423-eb5a-467c-866f-c54b6721c0c4_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_03b2c423-eb5a-467c-866f-c54b6721c0c4_SetDate">
+    <vt:lpwstr>2025-10-20T16:42:17Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_03b2c423-eb5a-467c-866f-c54b6721c0c4_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_03b2c423-eb5a-467c-866f-c54b6721c0c4_Name">
+    <vt:lpwstr>Fidelity Internal</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_03b2c423-eb5a-467c-866f-c54b6721c0c4_SiteId">
+    <vt:lpwstr>7521acbc-a68c-41e5-a975-1cf83066dd19</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_03b2c423-eb5a-467c-866f-c54b6721c0c4_ActionId">
+    <vt:lpwstr>63953ea9-73e8-4785-8d9e-e58781a94cff</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_03b2c423-eb5a-467c-866f-c54b6721c0c4_ContentBits">
+    <vt:lpwstr>2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_03b2c423-eb5a-467c-866f-c54b6721c0c4_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ClassificationContentMarkingFooterLocations">
+    <vt:lpwstr>Fidelity Template 2025:8</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="ClassificationContentMarkingFooterText">
+    <vt:lpwstr>Fidelity Internal Information</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="ContentTypeId">
     <vt:lpwstr>0x010100A2F0CA68E8571643A448B5382A73B96E</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MediaServiceImageTags">
     <vt:lpwstr/>
-  </property>
-[...28 lines deleted...]
-    <vt:lpwstr>Fidelity Internal Information</vt:lpwstr>
   </property>
 </Properties>
 </file>